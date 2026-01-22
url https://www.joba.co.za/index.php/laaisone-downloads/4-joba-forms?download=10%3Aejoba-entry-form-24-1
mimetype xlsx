--- v0 (2025-10-19)
+++ v1 (2026-01-22)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26924"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Joba\Atletiek\data\Meester\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{599E86DF-2372-4D31-9CCE-360A6CF60EFE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{89EB5940-6129-4C5A-A979-8C732D769045}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="31245" yWindow="1080" windowWidth="22605" windowHeight="13560" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2820" yWindow="870" windowWidth="24795" windowHeight="14220" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Joba" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_006" localSheetId="0">Joba!$X$2:$X$32</definedName>
     <definedName name="_006">#REF!</definedName>
     <definedName name="_007" localSheetId="0">Joba!$Z$2:$Z$32</definedName>
     <definedName name="_007">#REF!</definedName>
     <definedName name="_008" localSheetId="0">Joba!$AB$2:$AB$32</definedName>
     <definedName name="_008">#REF!</definedName>
     <definedName name="_009">Joba!$AD$2:$AD$32</definedName>
     <definedName name="_010" localSheetId="0">Joba!$AF$2:$AF$32</definedName>
     <definedName name="_010">#REF!</definedName>
     <definedName name="_011" localSheetId="0">Joba!$AH$2:$AH$32</definedName>
     <definedName name="_011">#REF!</definedName>
     <definedName name="_012" localSheetId="0">Joba!$AJ$2:$AJ$32</definedName>
     <definedName name="_012">#REF!</definedName>
     <definedName name="_013" localSheetId="0">Joba!$AL$2:$AL$32</definedName>
     <definedName name="_013">#REF!</definedName>
     <definedName name="_014">Joba!$AN$2:$AN$32</definedName>
     <definedName name="_015">Joba!$AP$2:$AP$32</definedName>
     <definedName name="_016">Joba!$AR$2:$AR$32</definedName>
     <definedName name="_017">Joba!$AT$2:$AT$32</definedName>
     <definedName name="_018">Joba!$AV$2:$AV$32</definedName>
@@ -64,50 +64,51 @@
     <definedName name="_099">Joba!$BD$2:$BD$37</definedName>
     <definedName name="_106" localSheetId="0">Joba!$Y$2:$Y$32</definedName>
     <definedName name="_106">#REF!</definedName>
     <definedName name="_107" localSheetId="0">Joba!$AA$2:$AA$32</definedName>
     <definedName name="_107">#REF!</definedName>
     <definedName name="_108" localSheetId="0">Joba!$AC$2:$AC$32</definedName>
     <definedName name="_108">#REF!</definedName>
     <definedName name="_109">Joba!$AE$2:$AE$32</definedName>
     <definedName name="_110" localSheetId="0">Joba!$AG$2:$AG$32</definedName>
     <definedName name="_110">#REF!</definedName>
     <definedName name="_111" localSheetId="0">Joba!$AI$2:$AI$32</definedName>
     <definedName name="_111">#REF!</definedName>
     <definedName name="_112" localSheetId="0">Joba!$AK$2:$AK$32</definedName>
     <definedName name="_112">#REF!</definedName>
     <definedName name="_113" localSheetId="0">Joba!$AM$2:$AM$32</definedName>
     <definedName name="_113">#REF!</definedName>
     <definedName name="_114">Joba!$AO$2:$AO$32</definedName>
     <definedName name="_115">Joba!$AQ$2:$AQ$32</definedName>
     <definedName name="_116">Joba!$AS$2:$AS$32</definedName>
     <definedName name="_117">Joba!$AU$2:$AU$32</definedName>
     <definedName name="_118">Joba!$AW$2:$AW$32</definedName>
     <definedName name="_119">Joba!$AY$2:$AY$32</definedName>
     <definedName name="_121">Joba!$BA$2:$BA$32</definedName>
     <definedName name="_123">Joba!$BC$2:$BC$32</definedName>
     <definedName name="_199">Joba!$BE$2:$BE$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Joba!$A$1:$R$502</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C502" i="3" l="1"/>
   <c r="D502" i="3" s="1"/>
   <c r="B502" i="3"/>
   <c r="C501" i="3"/>
   <c r="D501" i="3" s="1"/>
   <c r="B501" i="3"/>
   <c r="C500" i="3"/>
   <c r="D500" i="3" s="1"/>
@@ -3292,59 +3293,59 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="9" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="8" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="5" fillId="12" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="13" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="13" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="13" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="5" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
@@ -3615,96 +3616,99 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:BH816"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="3" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="3"/>
     <col min="3" max="3" width="6.28515625" style="3" customWidth="1"/>
     <col min="4" max="4" width="9.5703125" style="3" customWidth="1"/>
     <col min="5" max="5" width="8.140625" style="4" customWidth="1"/>
     <col min="6" max="6" width="15" style="10" customWidth="1"/>
     <col min="7" max="7" width="22.28515625" style="12" customWidth="1"/>
     <col min="8" max="8" width="16.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="11.85546875" style="14" customWidth="1"/>
     <col min="10" max="10" width="8.140625" style="14" customWidth="1"/>
     <col min="11" max="11" width="7.5703125" style="2" customWidth="1"/>
     <col min="12" max="12" width="8.7109375" style="13" customWidth="1"/>
     <col min="13" max="13" width="5.85546875" style="4" customWidth="1"/>
     <col min="14" max="14" width="9" style="9" customWidth="1"/>
     <col min="15" max="15" width="10.28515625" style="10" customWidth="1"/>
-    <col min="16" max="16" width="10.5703125" style="9" customWidth="1"/>
+    <col min="16" max="16" width="9.140625" style="9" customWidth="1"/>
     <col min="17" max="17" width="9.140625" style="11"/>
     <col min="18" max="18" width="9.7109375" style="11" customWidth="1"/>
-    <col min="19" max="19" width="9.28515625" style="40" customWidth="1"/>
+    <col min="19" max="19" width="0.140625" style="40" customWidth="1"/>
     <col min="20" max="23" width="5" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="31" width="6" style="3" bestFit="1" customWidth="1"/>
     <col min="32" max="37" width="6.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="38" max="39" width="7" style="3" bestFit="1" customWidth="1"/>
     <col min="40" max="57" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="58" max="58" width="2" style="3" bestFit="1" customWidth="1"/>
     <col min="59" max="59" width="0.42578125" style="3" hidden="1" customWidth="1"/>
     <col min="60" max="60" width="9.140625" style="3" hidden="1" customWidth="1"/>
     <col min="61" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:58" s="15" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="51" t="s">
         <v>122</v>
       </c>
-      <c r="D1" s="61" t="s">
+      <c r="D1" s="62" t="s">
         <v>118</v>
       </c>
-      <c r="E1" s="62"/>
+      <c r="E1" s="63"/>
       <c r="F1" s="50" t="s">
         <v>117</v>
       </c>
       <c r="G1" s="43" t="s">
         <v>119</v>
       </c>
       <c r="H1" s="44" t="s">
         <v>120</v>
       </c>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="17"/>
       <c r="L1" s="18"/>
       <c r="M1" s="54"/>
       <c r="N1" s="57" t="s">
         <v>116</v>
       </c>
       <c r="O1" s="58"/>
       <c r="P1" s="58"/>
       <c r="Q1" s="58"/>
       <c r="R1" s="59"/>
       <c r="S1" s="55"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="42"/>
@@ -3726,54 +3730,54 @@
       <c r="AL1" s="1"/>
       <c r="AM1" s="1"/>
       <c r="AN1" s="1"/>
       <c r="AO1" s="1"/>
       <c r="AP1" s="1"/>
       <c r="AQ1" s="1"/>
       <c r="AR1" s="1"/>
       <c r="AS1" s="1"/>
       <c r="AT1" s="1"/>
       <c r="AU1" s="1"/>
       <c r="AV1" s="1"/>
       <c r="AW1" s="1"/>
       <c r="AX1" s="1"/>
       <c r="AY1" s="1"/>
       <c r="AZ1" s="1"/>
       <c r="BA1" s="1"/>
       <c r="BB1" s="1"/>
       <c r="BC1" s="1"/>
       <c r="BD1" s="1"/>
       <c r="BE1" s="1"/>
     </row>
     <row r="2" spans="1:58" s="8" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="B2" s="63" t="s">
+      <c r="B2" s="61" t="s">
         <v>123</v>
       </c>
-      <c r="C2" s="63" t="s">
+      <c r="C2" s="61" t="s">
         <v>109</v>
       </c>
       <c r="D2" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="60" t="s">
         <v>0</v>
       </c>
       <c r="F2" s="46" t="s">
         <v>115</v>
       </c>
       <c r="G2" s="47" t="s">
         <v>114</v>
       </c>
       <c r="H2" s="45" t="s">
         <v>121</v>
       </c>
       <c r="I2" s="48" t="s">
         <v>111</v>
       </c>
       <c r="J2" s="45" t="s">
         <v>107</v>
       </c>
       <c r="K2" s="48" t="s">
         <v>108</v>
@@ -29471,141 +29475,142 @@
       <c r="P815" s="33"/>
       <c r="Q815" s="33"/>
       <c r="R815" s="33"/>
     </row>
     <row r="816" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A816" s="31"/>
       <c r="B816" s="31"/>
       <c r="C816" s="31"/>
       <c r="D816" s="31"/>
       <c r="E816" s="32"/>
       <c r="F816" s="33"/>
       <c r="G816" s="34"/>
       <c r="H816" s="33"/>
       <c r="I816" s="35"/>
       <c r="J816" s="35"/>
       <c r="K816" s="31"/>
       <c r="L816" s="36"/>
       <c r="M816" s="32"/>
       <c r="N816" s="33"/>
       <c r="O816" s="33"/>
       <c r="P816" s="33"/>
       <c r="Q816" s="33"/>
       <c r="R816" s="33"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="/utFxRyzw9ao/FN3MSORJfODvbbRGFbXpE5y5CS1dWuySVaF4Cgq38GNwFxTCdW6trE8b/78+vewHyO/7PjQ7Q==" saltValue="m7lRnhN9ZJmWZcpRKBHFjw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="fX9xw2+ZwL3EBVEGYQFrNCtpar/0hOijX3T5jjpZr04n1wqZm6ldmaoBb4hQPBfhReEIrZzcUz9Tj+DU7xKO3A==" saltValue="ixj+oevUn6UvkPPzOSoTwQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="D1:E1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <dataValidations count="7">
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K503:M65536 I1 N600:N616 AB1:AF51 K1:M1 J1:J1048576 AG1:AH17 I4:I65536" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>1</formula1>
       <formula2>6</formula2>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AA1:AB51 I4:I1048576 I1:I2 H2:H1048576" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>1</formula1>
       <formula2>13</formula2>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M503:M599 M617:M65536 AH1:AH17 AF18:AF51 M1" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>1</formula1>
       <formula2>2</formula2>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E3" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>3</formula1>
       <formula2>3</formula2>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="L3:L502" xr:uid="{DA2EB4D7-DE03-4EE1-9381-3231166A795E}">
       <formula1>"0,1,M,F"</formula1>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I3" xr:uid="{4D741F62-6BF9-4D46-8C21-60D7DAE57E66}">
       <formula1>7306</formula1>
       <formula2>46022</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I3" xr:uid="{AF0BE4FB-AA81-4039-A988-00675998ACE8}">
       <formula1>10959</formula1>
       <formula2>46022</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="72" fitToHeight="0" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>34</vt:i4>
+        <vt:i4>35</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="35" baseType="lpstr">
+    <vt:vector size="36" baseType="lpstr">
       <vt:lpstr>Joba</vt:lpstr>
       <vt:lpstr>Joba!_006</vt:lpstr>
       <vt:lpstr>Joba!_007</vt:lpstr>
       <vt:lpstr>Joba!_008</vt:lpstr>
       <vt:lpstr>_009</vt:lpstr>
       <vt:lpstr>Joba!_010</vt:lpstr>
       <vt:lpstr>Joba!_011</vt:lpstr>
       <vt:lpstr>Joba!_012</vt:lpstr>
       <vt:lpstr>Joba!_013</vt:lpstr>
       <vt:lpstr>_014</vt:lpstr>
       <vt:lpstr>_015</vt:lpstr>
       <vt:lpstr>_016</vt:lpstr>
       <vt:lpstr>_017</vt:lpstr>
       <vt:lpstr>_018</vt:lpstr>
       <vt:lpstr>_019</vt:lpstr>
       <vt:lpstr>_021</vt:lpstr>
       <vt:lpstr>_023</vt:lpstr>
       <vt:lpstr>_099</vt:lpstr>
       <vt:lpstr>Joba!_106</vt:lpstr>
       <vt:lpstr>Joba!_107</vt:lpstr>
       <vt:lpstr>Joba!_108</vt:lpstr>
       <vt:lpstr>_109</vt:lpstr>
       <vt:lpstr>Joba!_110</vt:lpstr>
       <vt:lpstr>Joba!_111</vt:lpstr>
       <vt:lpstr>Joba!_112</vt:lpstr>
       <vt:lpstr>Joba!_113</vt:lpstr>
       <vt:lpstr>_114</vt:lpstr>
       <vt:lpstr>_115</vt:lpstr>
       <vt:lpstr>_116</vt:lpstr>
       <vt:lpstr>_117</vt:lpstr>
       <vt:lpstr>_118</vt:lpstr>
       <vt:lpstr>_119</vt:lpstr>
       <vt:lpstr>_121</vt:lpstr>
       <vt:lpstr>_123</vt:lpstr>
       <vt:lpstr>_199</vt:lpstr>
+      <vt:lpstr>Joba!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Corrie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>